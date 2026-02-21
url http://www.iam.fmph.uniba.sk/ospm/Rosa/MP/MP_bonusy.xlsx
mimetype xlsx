--- v0 (2025-10-27)
+++ v1 (2026-02-21)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Samo\Desktop\Skola\Vyucba\Maticovy pocet\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B60D94F-81FD-4458-8BDF-8DCC1D883719}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{28CCE522-A8DE-407C-AC12-CCF937605371}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="205" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="HTML_1">#REF!</definedName>
     <definedName name="HTML_2">#REF!</definedName>
     <definedName name="HTML_3">#REF!</definedName>
     <definedName name="HTML_4">#REF!</definedName>
     <definedName name="HTML_all">#REF!</definedName>
     <definedName name="HTML_tables">NA()</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -1183,51 +1183,51 @@
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="D1" sqref="D1"/>
+      <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="14" style="1" customWidth="1"/>
     <col min="2" max="2" width="13" style="1" customWidth="1"/>
     <col min="3" max="3" width="11.5703125" style="1"/>
     <col min="4" max="16" width="5.7109375" style="1" customWidth="1"/>
     <col min="17" max="17" width="7.5703125" style="1" customWidth="1"/>
     <col min="18" max="18" width="11.5703125" style="1"/>
     <col min="19" max="19" width="13.7109375" style="1" customWidth="1"/>
     <col min="20" max="16384" width="11.5703125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="21" t="s">
         <v>86</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
@@ -1330,91 +1330,99 @@
         <v>10</v>
       </c>
       <c r="R4" s="8" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>84</v>
       </c>
       <c r="D5" s="10">
         <v>1.5</v>
       </c>
       <c r="E5" s="10">
         <v>1</v>
       </c>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
-      <c r="I5" s="10"/>
+      <c r="I5" s="10">
+        <v>1.5</v>
+      </c>
       <c r="J5" s="10"/>
-      <c r="K5" s="10"/>
+      <c r="K5" s="10">
+        <v>2</v>
+      </c>
       <c r="L5" s="10"/>
       <c r="M5" s="10"/>
       <c r="N5" s="10"/>
       <c r="O5" s="10"/>
       <c r="P5" s="10"/>
       <c r="Q5" s="10"/>
       <c r="R5" s="11">
         <f t="shared" ref="R5:R55" si="1">MIN(SUM(D5:Q5),10)</f>
-        <v>2.5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" s="9" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="10"/>
       <c r="I6" s="10"/>
       <c r="J6" s="10"/>
-      <c r="K6" s="10"/>
+      <c r="K6" s="10">
+        <v>1.5</v>
+      </c>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
-      <c r="N6" s="10"/>
+      <c r="N6" s="10">
+        <v>2</v>
+      </c>
       <c r="O6" s="10"/>
       <c r="P6" s="10"/>
       <c r="Q6" s="10"/>
       <c r="R6" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" s="12" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="13" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="10" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="13"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="13"/>
       <c r="L7" s="13"/>
       <c r="M7" s="13"/>
       <c r="N7" s="13"/>
       <c r="O7" s="13"/>
       <c r="P7" s="13"/>
@@ -1449,92 +1457,96 @@
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" s="12" t="s">
         <v>25</v>
       </c>
       <c r="B9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="13"/>
       <c r="G9" s="13">
         <v>4</v>
       </c>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13">
+        <v>1.5</v>
+      </c>
       <c r="K9" s="13"/>
       <c r="L9" s="13"/>
       <c r="M9" s="13"/>
       <c r="N9" s="13"/>
       <c r="O9" s="13"/>
       <c r="P9" s="13"/>
       <c r="Q9" s="13"/>
       <c r="R9" s="11">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" s="12" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13">
         <v>2</v>
       </c>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
-      <c r="I10" s="13"/>
+      <c r="I10" s="13">
+        <v>1.5</v>
+      </c>
       <c r="J10" s="13"/>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="13"/>
       <c r="N10" s="13"/>
       <c r="O10" s="13"/>
       <c r="P10" s="13"/>
       <c r="Q10" s="13"/>
       <c r="R10" s="11">
         <f t="shared" si="1"/>
-        <v>2</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="13"/>
       <c r="L11" s="13"/>
       <c r="M11" s="13"/>
       <c r="N11" s="13"/>
       <c r="O11" s="13"/>
       <c r="P11" s="13"/>
@@ -1569,61 +1581,67 @@
       <c r="P12" s="13"/>
       <c r="Q12" s="13"/>
       <c r="R12" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="13"/>
       <c r="G13" s="13">
         <v>1.5</v>
       </c>
       <c r="H13" s="13"/>
       <c r="I13" s="13"/>
-      <c r="J13" s="13"/>
+      <c r="J13" s="13">
+        <v>1</v>
+      </c>
       <c r="K13" s="13"/>
-      <c r="L13" s="13"/>
+      <c r="L13" s="13">
+        <v>2</v>
+      </c>
       <c r="M13" s="13"/>
-      <c r="N13" s="13"/>
+      <c r="N13" s="13">
+        <v>2</v>
+      </c>
       <c r="O13" s="13"/>
       <c r="P13" s="13"/>
       <c r="Q13" s="13"/>
       <c r="R13" s="11">
         <f t="shared" si="1"/>
-        <v>1.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="13"/>
       <c r="G14" s="13"/>
       <c r="H14" s="13"/>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="13"/>
       <c r="L14" s="13"/>
       <c r="M14" s="13"/>
       <c r="N14" s="13"/>
       <c r="O14" s="13"/>
       <c r="P14" s="13"/>
@@ -1958,61 +1976,65 @@
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" s="12" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="13" t="s">
         <v>56</v>
       </c>
       <c r="C26" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="13">
         <v>1.5</v>
       </c>
       <c r="E26" s="13">
         <v>2</v>
       </c>
       <c r="F26" s="13"/>
       <c r="G26" s="13">
         <v>2</v>
       </c>
       <c r="H26" s="13">
         <v>2</v>
       </c>
       <c r="I26" s="13"/>
-      <c r="J26" s="13"/>
+      <c r="J26" s="13">
+        <v>2</v>
+      </c>
       <c r="K26" s="13"/>
       <c r="L26" s="13"/>
       <c r="M26" s="13"/>
       <c r="N26" s="13"/>
-      <c r="O26" s="13"/>
+      <c r="O26" s="13">
+        <v>2</v>
+      </c>
       <c r="P26" s="13"/>
       <c r="Q26" s="13"/>
       <c r="R26" s="11">
         <f t="shared" si="1"/>
-        <v>7.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" s="12" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="13" t="s">
         <v>58</v>
       </c>
       <c r="C27" s="13" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="13"/>
       <c r="E27" s="13"/>
       <c r="F27" s="13"/>
       <c r="G27" s="13"/>
       <c r="H27" s="13"/>
       <c r="I27" s="13"/>
       <c r="J27" s="13"/>
       <c r="K27" s="13"/>
       <c r="L27" s="13"/>
       <c r="M27" s="13"/>
       <c r="N27" s="13"/>
       <c r="O27" s="13"/>
       <c r="P27" s="13"/>
@@ -2381,56 +2403,58 @@
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A40" s="12" t="s">
         <v>76</v>
       </c>
       <c r="B40" s="13" t="s">
         <v>77</v>
       </c>
       <c r="C40" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="13"/>
       <c r="G40" s="13"/>
       <c r="H40" s="13"/>
       <c r="I40" s="13"/>
       <c r="J40" s="13"/>
       <c r="K40" s="13"/>
       <c r="L40" s="13"/>
       <c r="M40" s="13"/>
       <c r="N40" s="13"/>
-      <c r="O40" s="13"/>
+      <c r="O40" s="13">
+        <v>2</v>
+      </c>
       <c r="P40" s="13"/>
       <c r="Q40" s="13"/>
       <c r="R40" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A41" s="12" t="s">
         <v>79</v>
       </c>
       <c r="B41" s="13" t="s">
         <v>78</v>
       </c>
       <c r="C41" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="13"/>
       <c r="G41" s="13"/>
       <c r="H41" s="13"/>
       <c r="I41" s="13"/>
       <c r="J41" s="13"/>
       <c r="K41" s="13"/>
       <c r="L41" s="13"/>
       <c r="M41" s="13"/>
       <c r="N41" s="13"/>
       <c r="O41" s="13"/>
       <c r="P41" s="13"/>
@@ -2439,91 +2463,99 @@
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A42" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B42" s="13" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="13" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="13">
         <v>1.5</v>
       </c>
       <c r="E42" s="13">
         <v>2</v>
       </c>
       <c r="F42" s="13"/>
       <c r="G42" s="13">
         <v>2</v>
       </c>
       <c r="H42" s="13"/>
-      <c r="I42" s="13"/>
-[...1 lines deleted...]
-      <c r="K42" s="13"/>
+      <c r="I42" s="13">
+        <v>2</v>
+      </c>
+      <c r="J42" s="13">
+        <v>2</v>
+      </c>
+      <c r="K42" s="13">
+        <v>2</v>
+      </c>
       <c r="L42" s="13"/>
       <c r="M42" s="13"/>
       <c r="N42" s="13"/>
       <c r="O42" s="13"/>
       <c r="P42" s="13"/>
       <c r="Q42" s="13"/>
       <c r="R42" s="11">
         <f t="shared" si="1"/>
-        <v>5.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A43" s="12" t="s">
         <v>80</v>
       </c>
       <c r="B43" s="13" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="13" t="s">
         <v>6</v>
       </c>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="13"/>
       <c r="G43" s="13"/>
       <c r="H43" s="13"/>
       <c r="I43" s="13"/>
       <c r="J43" s="13"/>
       <c r="K43" s="13"/>
       <c r="L43" s="13"/>
       <c r="M43" s="13"/>
       <c r="N43" s="13"/>
       <c r="O43" s="13"/>
-      <c r="P43" s="13"/>
+      <c r="P43" s="13">
+        <v>1.5</v>
+      </c>
       <c r="Q43" s="13"/>
       <c r="R43" s="11">
         <f t="shared" si="1"/>
-        <v>0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="44" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A44" s="12"/>
       <c r="B44" s="13"/>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="13"/>
       <c r="G44" s="13"/>
       <c r="H44" s="13"/>
       <c r="I44" s="13"/>
       <c r="J44" s="13"/>
       <c r="K44" s="13"/>
       <c r="L44" s="13"/>
       <c r="M44" s="13"/>
       <c r="N44" s="13"/>
       <c r="O44" s="13"/>
       <c r="P44" s="13"/>
       <c r="Q44" s="13"/>
       <c r="R44" s="11">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="U44" s="1" t="str">
@@ -2833,84 +2865,84 @@
         <v>4</v>
       </c>
       <c r="C56" s="20"/>
       <c r="D56" s="17">
         <f t="shared" ref="D56:P56" si="3">SUM(D5:D55)</f>
         <v>9</v>
       </c>
       <c r="E56" s="17">
         <f t="shared" si="3"/>
         <v>8</v>
       </c>
       <c r="F56" s="17">
         <f t="shared" si="3"/>
         <v>3.5</v>
       </c>
       <c r="G56" s="17">
         <f t="shared" si="3"/>
         <v>11.5</v>
       </c>
       <c r="H56" s="17">
         <f t="shared" si="3"/>
         <v>3.5</v>
       </c>
       <c r="I56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>6.5</v>
       </c>
       <c r="K56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>5.5</v>
       </c>
       <c r="L56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M56" s="17">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="P56" s="17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="Q56" s="17"/>
       <c r="R56" s="18">
         <f>SUM(R5:R55)</f>
-        <v>35.5</v>
+        <v>61</v>
       </c>
       <c r="U56" s="1" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
     </row>
     <row r="57" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B57" s="1">
         <f>COUNTA(A5:A55)</f>
         <v>39</v>
       </c>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57"/>
       <c r="J57"/>
       <c r="K57"/>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57"/>